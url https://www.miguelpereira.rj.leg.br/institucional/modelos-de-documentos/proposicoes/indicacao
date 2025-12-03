--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -22,91 +22,71 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="01ABC9F6" w14:textId="77777777" w:rsidR="00A95400" w:rsidRDefault="000C7E38">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>EXMO. SR. PRESIDENTE DA CÂMARA MUNICIPAL DE MIGUEL PEREIRA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74133746" w14:textId="3241043F" w:rsidR="00A95400" w:rsidRDefault="000C7E38" w:rsidP="00BA6996">
+    <w:p w14:paraId="74133746" w14:textId="271C69F6" w:rsidR="00A95400" w:rsidRDefault="000C7E38" w:rsidP="00BA6996">
       <w:pPr>
         <w:spacing w:before="720" w:after="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">INDICAÇÃO Nº </w:t>
-[...19 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>INDICAÇÃO Nº /</w:t>
       </w:r>
       <w:r w:rsidR="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8509AB" w14:textId="2D6237B7" w:rsidR="00A95400" w:rsidRDefault="000C7E38">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -212,124 +192,134 @@
         </w:rPr>
         <w:t>JUSTIFICATIVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC88F83" w14:textId="101F73FA" w:rsidR="00A95400" w:rsidRDefault="00BA6996" w:rsidP="009259BA">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Texto da justificativa da proposição.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33343841" w14:textId="6BF5AAFC" w:rsidR="00A95400" w:rsidRPr="00BA6996" w:rsidRDefault="000C7E38">
+    <w:p w14:paraId="33343841" w14:textId="0B1DED0B" w:rsidR="00A95400" w:rsidRPr="00BA6996" w:rsidRDefault="00136F89">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA6996">
+      <w:r w:rsidRPr="00136F89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sala Hamilton Ferreira Gomes, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA6996">
+        <w:t>Sala Vereador Eduardo Paulo Corrêa (Domi)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7E38" w:rsidRPr="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[dia]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA6996">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA6996">
+        <w:t>[dia]</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7E38" w:rsidRPr="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[mês]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA6996">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA6996">
+        <w:t>[mês]</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7E38" w:rsidRPr="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6996">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6996">
+      <w:r w:rsidR="000C7E38" w:rsidRPr="00BA6996">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755EDD9E" w14:textId="77777777" w:rsidR="00A95400" w:rsidRDefault="00A95400">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5368E597" w14:textId="77777777" w:rsidR="00A95400" w:rsidRDefault="00A95400">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
@@ -1052,97 +1042,98 @@
         <w:b/>
         <w:color w:val="002060"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="002060"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Gabinete do Vereador [Nome Político]</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C2B33A8" w14:textId="5A9DF7BB" w:rsidR="00A95400" w:rsidRPr="00BA6996" w:rsidRDefault="00A95400" w:rsidP="00BA6996">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="96"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A95400"/>
     <w:rsid w:val="000706D5"/>
     <w:rsid w:val="000C1BF9"/>
     <w:rsid w:val="000C7E38"/>
+    <w:rsid w:val="00136F89"/>
     <w:rsid w:val="001B0651"/>
     <w:rsid w:val="002E681F"/>
     <w:rsid w:val="002F0CD3"/>
     <w:rsid w:val="00313B23"/>
     <w:rsid w:val="003A3D1D"/>
     <w:rsid w:val="00405BFE"/>
     <w:rsid w:val="0044526F"/>
     <w:rsid w:val="0045521C"/>
     <w:rsid w:val="004D043D"/>
     <w:rsid w:val="00510206"/>
     <w:rsid w:val="00582E54"/>
     <w:rsid w:val="006C35EF"/>
     <w:rsid w:val="0070662D"/>
     <w:rsid w:val="007953BD"/>
     <w:rsid w:val="007A7D19"/>
     <w:rsid w:val="00874EDF"/>
     <w:rsid w:val="008849F4"/>
     <w:rsid w:val="009259BA"/>
+    <w:rsid w:val="009A43EC"/>
     <w:rsid w:val="00A31AF7"/>
     <w:rsid w:val="00A40800"/>
     <w:rsid w:val="00A44284"/>
     <w:rsid w:val="00A76E38"/>
     <w:rsid w:val="00A95400"/>
     <w:rsid w:val="00AC5085"/>
     <w:rsid w:val="00BA6996"/>
     <w:rsid w:val="00D05208"/>
     <w:rsid w:val="00F65DA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -2069,70 +2060,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>72</Words>
-  <Characters>392</Characters>
+  <Words>74</Words>
+  <Characters>400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>463</CharactersWithSpaces>
+  <CharactersWithSpaces>473</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jeferson</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pt-BR</dc:language>
 </cp:coreProperties>
 </file>