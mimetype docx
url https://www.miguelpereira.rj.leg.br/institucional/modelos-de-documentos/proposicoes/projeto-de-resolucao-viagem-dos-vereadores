--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -5,194 +5,134 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="74133746" w14:textId="0F984D29" w:rsidR="00A95400" w:rsidRPr="00684EFF" w:rsidRDefault="00A77D61" w:rsidP="007A1B15">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="360"/>
+    <w:p w14:paraId="74133746" w14:textId="505FD94E" w:rsidR="00A95400" w:rsidRPr="00684EFF" w:rsidRDefault="00A77D61" w:rsidP="00C57555">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00684EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">PROJETO DE </w:t>
       </w:r>
       <w:r w:rsidR="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>RESOLUÇÃO</w:t>
       </w:r>
       <w:r w:rsidR="00CE6029" w:rsidRPr="00684EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C7E38" w:rsidRPr="00684EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nº </w:t>
+        <w:t>Nº /</w:t>
       </w:r>
       <w:r w:rsidR="00BA6996" w:rsidRPr="00684EFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>000</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D29913" w14:textId="07680636" w:rsidR="007A1B15" w:rsidRPr="007A1B15" w:rsidRDefault="007A1B15" w:rsidP="007A1B15">
       <w:pPr>
         <w:spacing w:before="360" w:after="360"/>
         <w:ind w:left="4536"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autoriza a viagem dos Vereadores </w:t>
-[...39 lines deleted...]
-        <w:t>Brasília/DF, para tratar de assuntos de interesse do Município e dá outras providências</w:t>
+        <w:t>Autoriza a viagem dos Vereadores [nome completo – sem abreviações] a Brasília/DF, para tratar de assuntos de interesse do Município e dá outras providências</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324748A4" w14:textId="77777777" w:rsidR="007A1B15" w:rsidRPr="007A1B15" w:rsidRDefault="007A1B15" w:rsidP="007A1B15">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -285,176 +225,220 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Autorizar a viagem dos Vereadores </w:t>
       </w:r>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>[nome completo – sem abreviações]</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> a Brasília/DF, para tratar de assuntos do interesse do Município de Miguel Pereira, com saída no dia [dia] e retorno previsto em [data por extenso].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B04B1D" w14:textId="77777777" w:rsidR="007A1B15" w:rsidRPr="007A1B15" w:rsidRDefault="007A1B15" w:rsidP="007A1B15">
+    <w:p w14:paraId="50B04B1D" w14:textId="6C3A2549" w:rsidR="007A1B15" w:rsidRPr="007A1B15" w:rsidRDefault="007A1B15" w:rsidP="007A1B15">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Art. 2º</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007A1B15">
+      <w:r w:rsidR="00C57555" w:rsidRPr="005F55B1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Fica autorizado o pagamento de diárias correspondentes, nos termos da Resolução nº 668, de 13 de dezembro de 2018, e da</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Resolução n° 763, de 19 de setembro de 2023.</w:t>
+        <w:t xml:space="preserve">autorizado o pagamento de diárias correspondentes, sendo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="005F55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de hospedagem e </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>X (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C57555" w:rsidRPr="00C57555">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="005F55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de alimentação, nos termos da Resolução n.º 668, de 13 de dezembro de 2018, alterada pela </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57555" w:rsidRPr="005F55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Resolução n° 798, de 6 de maio de 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="163E74AD" w14:textId="36BB392F" w:rsidR="007A1B15" w:rsidRPr="007A1B15" w:rsidRDefault="007A1B15" w:rsidP="007A1B15">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Art. 3º</w:t>
       </w:r>
@@ -1236,70 +1220,70 @@
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F9D5636" w14:textId="22011336" w:rsidR="00684EFF" w:rsidRPr="007A1B15" w:rsidRDefault="00684EFF" w:rsidP="007A1B15">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E4ABDEF" w14:textId="01F7378F" w:rsidR="00684EFF" w:rsidRPr="007A1B15" w:rsidRDefault="00684EFF" w:rsidP="007A1B15">
+    <w:p w14:paraId="1E4ABDEF" w14:textId="0ADCD001" w:rsidR="00684EFF" w:rsidRPr="007A1B15" w:rsidRDefault="00C57555" w:rsidP="007A1B15">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A1B15">
-[...6 lines deleted...]
-        <w:t>ANDERSON DE SOUZA SARPA SANTOS</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>EVANDRO CARLOS CARDOSO BARRETO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B3CD24" w14:textId="77777777" w:rsidR="00684EFF" w:rsidRPr="007A1B15" w:rsidRDefault="00684EFF" w:rsidP="007A1B15">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr w:rsidR="00684EFF" w:rsidRPr="007A1B15" w:rsidSect="00684EFF">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="851" w:left="1418" w:header="1361" w:footer="454" w:gutter="0"/>
           <w:cols w:num="2" w:space="2"/>
           <w:formProt w:val="0"/>
           <w:docGrid w:linePitch="360" w:charSpace="4096"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1B15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2613,51 +2597,52 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1932469032">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1859343009">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="662901066">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2080322859">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1686978237">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A95400"/>
     <w:rsid w:val="00002226"/>
@@ -2712,50 +2697,51 @@
     <w:rsid w:val="00922B55"/>
     <w:rsid w:val="009259BA"/>
     <w:rsid w:val="009262AE"/>
     <w:rsid w:val="0093412F"/>
     <w:rsid w:val="009626E4"/>
     <w:rsid w:val="00976F88"/>
     <w:rsid w:val="009A01F3"/>
     <w:rsid w:val="009E59E8"/>
     <w:rsid w:val="00A013C1"/>
     <w:rsid w:val="00A0251B"/>
     <w:rsid w:val="00A31AF7"/>
     <w:rsid w:val="00A40800"/>
     <w:rsid w:val="00A458BB"/>
     <w:rsid w:val="00A74CEC"/>
     <w:rsid w:val="00A76E38"/>
     <w:rsid w:val="00A77D61"/>
     <w:rsid w:val="00A95400"/>
     <w:rsid w:val="00AA4142"/>
     <w:rsid w:val="00B01E26"/>
     <w:rsid w:val="00BA175F"/>
     <w:rsid w:val="00BA68A2"/>
     <w:rsid w:val="00BA6996"/>
     <w:rsid w:val="00C02788"/>
     <w:rsid w:val="00C05769"/>
     <w:rsid w:val="00C42E3E"/>
+    <w:rsid w:val="00C57555"/>
     <w:rsid w:val="00C93920"/>
     <w:rsid w:val="00CE6029"/>
     <w:rsid w:val="00CF71C9"/>
     <w:rsid w:val="00D05208"/>
     <w:rsid w:val="00D07281"/>
     <w:rsid w:val="00DA3E4F"/>
     <w:rsid w:val="00E30C5D"/>
     <w:rsid w:val="00E777D3"/>
     <w:rsid w:val="00EA055D"/>
     <w:rsid w:val="00ED1778"/>
     <w:rsid w:val="00EF388D"/>
     <w:rsid w:val="00F0033A"/>
     <w:rsid w:val="00F4521F"/>
     <w:rsid w:val="00F65DA9"/>
     <w:rsid w:val="00FE3298"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3752,70 +3738,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>280</Words>
-  <Characters>1512</Characters>
+  <Words>288</Words>
+  <Characters>1559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1789</CharactersWithSpaces>
+  <CharactersWithSpaces>1844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CMMP</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pt-BR</dc:language>
 </cp:coreProperties>
 </file>